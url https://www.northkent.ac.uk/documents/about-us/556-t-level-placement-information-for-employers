--- v0 (2025-10-31)
+++ v1 (2026-03-05)
@@ -1,121 +1,128 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="2C29F4F8" w14:textId="6CDF8437" w:rsidR="00BD1B71" w:rsidRPr="00BD1B71" w:rsidRDefault="00BD1B71" w:rsidP="00DC1C45">
+    <w:p w14:paraId="2C29F4F8" w14:textId="019D50B2" w:rsidR="00BD1B71" w:rsidRPr="00BD1B71" w:rsidRDefault="00801117" w:rsidP="00DC1C45">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BD1B71">
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="7030A0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00BD1B71" w:rsidRPr="00BD1B71">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">What are T Levels? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67E19140" w14:textId="44E3EE44" w:rsidR="00B748D3" w:rsidRDefault="00BD1B71" w:rsidP="00DC1C45">
-[...13 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="2EB23A5E" w14:textId="569AC96A" w:rsidR="00BD1B71" w:rsidRPr="00801117" w:rsidRDefault="00BD1B71" w:rsidP="00DC1C45">
+      <w:r>
+        <w:t xml:space="preserve">T Levels are a </w:t>
+      </w:r>
+      <w:r w:rsidR="003E329A">
+        <w:t xml:space="preserve">relatively </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">new, 2-year Level 3 qualification for 16- to 19-year-olds. Designed with employers, each T Level is equivalent to 3 A levels and helps young people develop the knowledge, attitude and practical skills to progress into skilled employment, an apprenticeship or further study. </w:t>
+      </w:r>
+      <w:r w:rsidR="00801117">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="007D7299">
+        <w:br/>
+      </w:r>
       <w:r w:rsidRPr="00BD1B71">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Why is the industry placement important? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C3BCE95" w14:textId="030D3A7F" w:rsidR="00B748D3" w:rsidRPr="00B748D3" w:rsidRDefault="00BD1B71" w:rsidP="00DC1C45">
+    <w:p w14:paraId="66CFE1EF" w14:textId="22C49B26" w:rsidR="00357EDA" w:rsidRPr="00801117" w:rsidRDefault="00BD1B71" w:rsidP="00903FC9">
       <w:r>
         <w:t>Every T Level student must complete an industry placement that lasts a minimum of 315 hours (approximately 45 days). This is to provide young people the invaluable opportunity to put their learning, knowledge and skills into practice in a real workplace environment. Industry placements also give employers a unique opportunity to develop new talent and help young people become work ready.</w:t>
       </w:r>
-    </w:p>
-[...10 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00801117">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="007D7299">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00F510F5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Benefit</w:t>
       </w:r>
       <w:r w:rsidR="0058618D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">s of hosting a work placement </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0837474B" w14:textId="408BCFBA" w:rsidR="00DE327F" w:rsidRDefault="002746E3" w:rsidP="00BE5238">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -188,64 +195,69 @@
       <w:r w:rsidR="00C77B7D">
         <w:t xml:space="preserve">your </w:t>
       </w:r>
       <w:r w:rsidR="00616087">
         <w:t>productivity</w:t>
       </w:r>
       <w:r w:rsidR="00C77B7D">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="303C0384" w14:textId="268069C2" w:rsidR="00232598" w:rsidRDefault="00123885" w:rsidP="007A74D3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Build partnerships with local training and education providers</w:t>
       </w:r>
       <w:r w:rsidR="004005D5">
         <w:t xml:space="preserve"> and improve the recruitment pipeline of your business.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31A58880" w14:textId="177DCDD4" w:rsidR="00B748D3" w:rsidRDefault="00323E0C" w:rsidP="00420C64">
+    <w:p w14:paraId="0F79EC07" w14:textId="77C75841" w:rsidR="00123885" w:rsidRDefault="00323E0C" w:rsidP="00B748D3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Save on recruitment costs by providing the opportunity to see what the young person can offer, on a no obligation basis</w:t>
       </w:r>
       <w:r w:rsidR="00474E9B">
         <w:t>.</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="31A58880" w14:textId="77777777" w:rsidR="00B748D3" w:rsidRDefault="00B748D3" w:rsidP="00B748D3">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="3BECBEA4" w14:textId="4AE6A805" w:rsidR="00C16EC5" w:rsidRPr="002A30C0" w:rsidRDefault="00C16EC5" w:rsidP="00C16EC5">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A30C0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>How does the college support the process?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1466D466" w14:textId="3DC3F77C" w:rsidR="00C16EC5" w:rsidRDefault="00C16EC5" w:rsidP="00C16EC5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
@@ -257,496 +269,553 @@
       <w:r>
         <w:t>Our students are given pre-employment training sessions to prepare them for the workplace and develop their employability skills</w:t>
       </w:r>
       <w:r w:rsidR="00EE0073">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33A24636" w14:textId="21FA28B0" w:rsidR="00E10FC6" w:rsidRDefault="00E10FC6" w:rsidP="00C16EC5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">You will have a dedicated co-ordinator throughout the </w:t>
       </w:r>
       <w:r w:rsidR="00A47150">
         <w:t>duration of the 315 hours (45 days)</w:t>
       </w:r>
       <w:r w:rsidR="00EE0073">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55BBC421" w14:textId="5B62DB70" w:rsidR="00A751A7" w:rsidRDefault="00474E9B" w:rsidP="00C16EC5">
+    <w:p w14:paraId="55BBC421" w14:textId="666A1DB6" w:rsidR="00A751A7" w:rsidRDefault="00474E9B" w:rsidP="00C16EC5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>We s</w:t>
       </w:r>
       <w:r w:rsidR="00A751A7">
-        <w:t>et learning goals (SMART) for the student to work towards</w:t>
+        <w:t xml:space="preserve">et </w:t>
+      </w:r>
+      <w:r w:rsidR="009313B8">
+        <w:t>targets</w:t>
+      </w:r>
+      <w:r w:rsidR="00A751A7">
+        <w:t xml:space="preserve"> for the student to work towards</w:t>
       </w:r>
       <w:r w:rsidR="00EE0073">
         <w:t xml:space="preserve"> and monitor their progress.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="182A8B9F" w14:textId="1212D554" w:rsidR="00CA3A1A" w:rsidRDefault="00B57465" w:rsidP="00420C64">
+    <w:p w14:paraId="2697ACBF" w14:textId="22DF3265" w:rsidR="00222C2F" w:rsidRDefault="00B57465" w:rsidP="00222C2F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">We </w:t>
-[...9 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">We support </w:t>
+      </w:r>
+      <w:r w:rsidR="00A141EA">
+        <w:t xml:space="preserve">you </w:t>
+      </w:r>
+      <w:r w:rsidR="00C92F67">
+        <w:t>in planning</w:t>
+      </w:r>
+      <w:r w:rsidR="00A141EA">
+        <w:t>, organis</w:t>
+      </w:r>
+      <w:r w:rsidR="00C92F67">
+        <w:t>ing</w:t>
+      </w:r>
+      <w:r w:rsidR="00A141EA">
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:r w:rsidR="00C92F67">
+        <w:t>selection</w:t>
+      </w:r>
+      <w:r w:rsidR="00A141EA">
+        <w:t xml:space="preserve"> process, arrange review meetings and guide you through the relevant paperwork</w:t>
+      </w:r>
+      <w:r w:rsidR="00C92F67">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="182A8B9F" w14:textId="2D95DC34" w:rsidR="00CA3A1A" w:rsidRDefault="00CA3A1A" w:rsidP="00A1380F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="0231997F" w14:textId="785C3286" w:rsidR="00CA3A1A" w:rsidRPr="002A30C0" w:rsidRDefault="00A1380F" w:rsidP="00016EA8">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A30C0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>What does the employer need to provide?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="291FAB0A" w14:textId="74D2E56A" w:rsidR="00CA3A1A" w:rsidRDefault="002441BE" w:rsidP="00CA3A1A">
+    <w:p w14:paraId="291FAB0A" w14:textId="1B9A2E47" w:rsidR="00CA3A1A" w:rsidRDefault="006C7CEA" w:rsidP="00CA3A1A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t>Allocate</w:t>
+        <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="00CA3A1A">
-        <w:t xml:space="preserve"> staff time to support and supervise the student</w:t>
+        <w:t>ime to plan the placement and allocate staff time to support and supervise the student</w:t>
       </w:r>
       <w:r w:rsidR="005F77B2">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BF31764" w14:textId="181596D0" w:rsidR="008C175D" w:rsidRDefault="00980DA9" w:rsidP="001C67AC">
+    <w:p w14:paraId="5BF31764" w14:textId="41978826" w:rsidR="008C175D" w:rsidRDefault="00980DA9" w:rsidP="001C67AC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Provide a safe space for the student to work with the necessary </w:t>
       </w:r>
       <w:r w:rsidR="000E316F">
         <w:t>equipment</w:t>
       </w:r>
       <w:r w:rsidR="004C3A40">
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:t>PPE clothing</w:t>
       </w:r>
+      <w:r w:rsidR="006C7CEA">
+        <w:t xml:space="preserve"> (where appropriate)</w:t>
+      </w:r>
       <w:r w:rsidR="00B446C0">
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77908326" w14:textId="687C4F7E" w:rsidR="00797A08" w:rsidRDefault="00B446C0" w:rsidP="001C67AC">
+    <w:p w14:paraId="77908326" w14:textId="7859F958" w:rsidR="00797A08" w:rsidRDefault="00B446C0" w:rsidP="001C67AC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Provide your </w:t>
       </w:r>
       <w:r w:rsidR="6B12A999">
         <w:t>E</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">mployer’s </w:t>
       </w:r>
       <w:r w:rsidR="77FF08E4">
         <w:t>Li</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ability </w:t>
       </w:r>
       <w:r w:rsidR="767C9360">
         <w:t>I</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">nsurance </w:t>
       </w:r>
       <w:r w:rsidR="06D139B6">
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidR="00207C8F">
         <w:t>ertificate</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> to the college</w:t>
       </w:r>
-      <w:r w:rsidR="00320AB1">
+      <w:r w:rsidR="006F0E3E">
+        <w:t xml:space="preserve"> and a </w:t>
+      </w:r>
+      <w:r w:rsidR="007D7299">
+        <w:t xml:space="preserve">H&amp;S </w:t>
+      </w:r>
+      <w:r w:rsidR="006F0E3E">
+        <w:t>assessment</w:t>
+      </w:r>
+      <w:r w:rsidR="00642342">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6AB85072" w14:textId="4D09596B" w:rsidR="00652E8C" w:rsidRDefault="00FD772F" w:rsidP="00CA3A1A">
+    <w:p w14:paraId="6AB85072" w14:textId="6D4EE1CF" w:rsidR="00652E8C" w:rsidRDefault="00FD772F" w:rsidP="00CA3A1A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Notify your insurance provider</w:t>
       </w:r>
       <w:r w:rsidR="007A1202">
         <w:t xml:space="preserve"> about the placement</w:t>
       </w:r>
-      <w:r w:rsidR="000B7AE8">
-[...3 lines deleted...]
-        <w:t xml:space="preserve">if necessary. </w:t>
+      <w:r w:rsidR="008400FE">
+        <w:t xml:space="preserve"> (where required)</w:t>
+      </w:r>
+      <w:r w:rsidR="006C7CEA">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12A460E2" w14:textId="55605319" w:rsidR="00066F62" w:rsidRDefault="008C175D" w:rsidP="00B748D3">
+    <w:p w14:paraId="3C35A704" w14:textId="77777777" w:rsidR="002B0216" w:rsidRDefault="008C175D" w:rsidP="00B748D3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t>Inform us on the structure and content of the placement to ensure that the student gets maximum value from the experience</w:t>
+        <w:t xml:space="preserve">Inform us on the </w:t>
+      </w:r>
+      <w:r w:rsidR="002B0216">
+        <w:t xml:space="preserve">student </w:t>
+      </w:r>
+      <w:r w:rsidR="008400FE">
+        <w:t>responsibilities</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> of the placement to ensure that the student gets maximum value from the experience</w:t>
       </w:r>
       <w:r w:rsidR="004C3A40">
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="373CEFB5" w14:textId="77777777" w:rsidR="00420C64" w:rsidRDefault="00420C64" w:rsidP="00D440B6">
+    <w:p w14:paraId="12A460E2" w14:textId="770A19F3" w:rsidR="00066F62" w:rsidRPr="00F1145D" w:rsidRDefault="00801117" w:rsidP="00B748D3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-      </w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="002B0216">
+        <w:t>ontribut</w:t>
+      </w:r>
+      <w:r w:rsidR="00541B8C">
+        <w:t>ion and feedback</w:t>
+      </w:r>
+      <w:r w:rsidR="002B0216">
+        <w:t xml:space="preserve"> to </w:t>
+      </w:r>
+      <w:r w:rsidR="00E84F22">
+        <w:t xml:space="preserve">three </w:t>
+      </w:r>
+      <w:r w:rsidR="002B0216">
+        <w:t xml:space="preserve">reviews on </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="002B0216">
+        <w:t>student</w:t>
+      </w:r>
+      <w:r>
+        <w:t>’s</w:t>
+      </w:r>
+      <w:r w:rsidR="002B0216">
+        <w:t xml:space="preserve"> performance over the duration of the placement.</w:t>
+      </w:r>
+      <w:r w:rsidR="002B0216">
+        <w:br/>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="6E42E38E" w14:textId="2F4E300F" w:rsidR="00D36CA1" w:rsidRDefault="00BD53DA" w:rsidP="00BD53DA">
-[...26 lines deleted...]
-    <w:sectPr w:rsidR="00420C64" w:rsidRPr="00F1145D">
+    <w:sectPr w:rsidR="00066F62" w:rsidRPr="00F1145D" w:rsidSect="003E329A">
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1276" w:right="1440" w:bottom="1134" w:left="1440" w:header="426" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="365600C6" w14:textId="77777777" w:rsidR="0074621D" w:rsidRDefault="0074621D" w:rsidP="007A74D3">
+    <w:p w14:paraId="5BA81A2D" w14:textId="77777777" w:rsidR="00960634" w:rsidRDefault="00960634" w:rsidP="007A74D3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="723998B7" w14:textId="77777777" w:rsidR="0074621D" w:rsidRDefault="0074621D" w:rsidP="007A74D3">
+    <w:p w14:paraId="55409EF5" w14:textId="77777777" w:rsidR="00960634" w:rsidRDefault="00960634" w:rsidP="007A74D3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2DFE9281" w14:textId="77777777" w:rsidR="0074621D" w:rsidRDefault="0074621D" w:rsidP="007A74D3">
+    <w:p w14:paraId="2BCCA878" w14:textId="77777777" w:rsidR="00960634" w:rsidRDefault="00960634" w:rsidP="007A74D3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3654C5B9" w14:textId="77777777" w:rsidR="0074621D" w:rsidRDefault="0074621D" w:rsidP="007A74D3">
+    <w:p w14:paraId="5B116F3B" w14:textId="77777777" w:rsidR="00960634" w:rsidRDefault="00960634" w:rsidP="007A74D3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="73CCC7DC" w14:textId="342CB5CF" w:rsidR="004C3A40" w:rsidRDefault="004C3A40" w:rsidP="004C3A40">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:noProof/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="30CEC1A1" wp14:editId="4FCC5812">
-[...2 lines deleted...]
-          <wp:docPr id="776619474" name="Picture 1" descr="A purple text on a black background&#10;&#10;Description automatically generated"/>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="30CEC1A1" wp14:editId="02AAF4D6">
+          <wp:extent cx="2453053" cy="800651"/>
+          <wp:effectExtent l="0" t="0" r="4445" b="0"/>
+          <wp:docPr id="2134378582" name="Picture 1" descr="A purple text on a black background&#10;&#10;Description automatically generated"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="776619474" name="Picture 1" descr="A purple text on a black background&#10;&#10;Description automatically generated"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1" cstate="print">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="2772038" cy="904768"/>
+                    <a:ext cx="2515104" cy="820904"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="0025381C">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t xml:space="preserve">                                 </w:t>
     </w:r>
     <w:r w:rsidR="0025381C">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="067947F8" wp14:editId="6BEE2395">
-[...2 lines deleted...]
-          <wp:docPr id="84665847" name="Picture 2" descr="A purple and white logo&#10;&#10;Description automatically generated"/>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="067947F8" wp14:editId="3354C0DD">
+          <wp:extent cx="747346" cy="727475"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:docPr id="1338274415" name="Picture 2" descr="A purple and white logo&#10;&#10;Description automatically generated"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="84665847" name="Picture 2" descr="A purple and white logo&#10;&#10;Description automatically generated"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId2">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="1065200" cy="1036877"/>
+                    <a:ext cx="770644" cy="750154"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="0025381C">
       <w:t xml:space="preserve">   </w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="7E5D12B4" w14:textId="77777777" w:rsidR="00CC3EA4" w:rsidRDefault="00CC3EA4">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0551169A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FA6A64D8"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -1228,309 +1297,323 @@
     <w:lvlOverride w:ilvl="0">
       <w:lvl w:ilvl="0">
         <w:numFmt w:val="bullet"/>
         <w:lvlText w:val=""/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:tabs>
             <w:tab w:val="num" w:pos="720"/>
           </w:tabs>
           <w:ind w:left="720" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="257760142">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="108"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007A74D3"/>
     <w:rsid w:val="00006A8C"/>
     <w:rsid w:val="00016EA8"/>
+    <w:rsid w:val="00043950"/>
     <w:rsid w:val="00057748"/>
     <w:rsid w:val="00065403"/>
     <w:rsid w:val="00066F62"/>
     <w:rsid w:val="00070AD6"/>
     <w:rsid w:val="000A3723"/>
     <w:rsid w:val="000B141B"/>
     <w:rsid w:val="000B212A"/>
-    <w:rsid w:val="000B7AE8"/>
     <w:rsid w:val="000C4173"/>
     <w:rsid w:val="000C62F7"/>
     <w:rsid w:val="000E316F"/>
-    <w:rsid w:val="000E3E61"/>
     <w:rsid w:val="0011109B"/>
     <w:rsid w:val="00116495"/>
     <w:rsid w:val="00123885"/>
     <w:rsid w:val="00124287"/>
     <w:rsid w:val="0013760D"/>
     <w:rsid w:val="00143CE0"/>
     <w:rsid w:val="00157D2A"/>
     <w:rsid w:val="001773E0"/>
     <w:rsid w:val="00184073"/>
     <w:rsid w:val="00195659"/>
     <w:rsid w:val="001A0603"/>
     <w:rsid w:val="001D4FD8"/>
     <w:rsid w:val="001E18BF"/>
     <w:rsid w:val="00207C8F"/>
     <w:rsid w:val="00222C2F"/>
     <w:rsid w:val="00232598"/>
-    <w:rsid w:val="002441BE"/>
+    <w:rsid w:val="00253420"/>
     <w:rsid w:val="0025381C"/>
     <w:rsid w:val="00254986"/>
     <w:rsid w:val="002746E3"/>
     <w:rsid w:val="00283F53"/>
     <w:rsid w:val="002A30C0"/>
     <w:rsid w:val="002A6D85"/>
+    <w:rsid w:val="002B0216"/>
     <w:rsid w:val="002C32A2"/>
     <w:rsid w:val="002C45D1"/>
     <w:rsid w:val="002C4813"/>
     <w:rsid w:val="002D1CB0"/>
     <w:rsid w:val="002F0CF3"/>
     <w:rsid w:val="002F5A3E"/>
     <w:rsid w:val="00311926"/>
     <w:rsid w:val="0031773C"/>
-    <w:rsid w:val="00320AB1"/>
     <w:rsid w:val="00323E0C"/>
+    <w:rsid w:val="00340040"/>
     <w:rsid w:val="003451D5"/>
     <w:rsid w:val="00357EDA"/>
     <w:rsid w:val="00364DB4"/>
     <w:rsid w:val="00367412"/>
     <w:rsid w:val="003A60EE"/>
     <w:rsid w:val="003B1802"/>
+    <w:rsid w:val="003E329A"/>
     <w:rsid w:val="003E38FF"/>
     <w:rsid w:val="003F232E"/>
     <w:rsid w:val="003F39C2"/>
     <w:rsid w:val="004005D5"/>
-    <w:rsid w:val="00400623"/>
     <w:rsid w:val="004040E6"/>
-    <w:rsid w:val="00420C64"/>
     <w:rsid w:val="00427176"/>
     <w:rsid w:val="00466A57"/>
     <w:rsid w:val="004673C5"/>
     <w:rsid w:val="00474E9B"/>
     <w:rsid w:val="004766E4"/>
     <w:rsid w:val="004827E8"/>
     <w:rsid w:val="004B75FE"/>
     <w:rsid w:val="004C3A40"/>
     <w:rsid w:val="004C4061"/>
     <w:rsid w:val="004C5E13"/>
     <w:rsid w:val="004D1382"/>
     <w:rsid w:val="004E036A"/>
     <w:rsid w:val="004F25A6"/>
     <w:rsid w:val="004F5C4B"/>
     <w:rsid w:val="0051444C"/>
     <w:rsid w:val="005321F2"/>
+    <w:rsid w:val="00541B8C"/>
     <w:rsid w:val="0055530C"/>
     <w:rsid w:val="00556941"/>
     <w:rsid w:val="00575812"/>
     <w:rsid w:val="0058618D"/>
     <w:rsid w:val="005A4E2E"/>
-    <w:rsid w:val="005C01E2"/>
     <w:rsid w:val="005D4E97"/>
     <w:rsid w:val="005F3B34"/>
     <w:rsid w:val="005F77B2"/>
     <w:rsid w:val="00600CA3"/>
     <w:rsid w:val="00616087"/>
     <w:rsid w:val="006354C2"/>
     <w:rsid w:val="00642342"/>
     <w:rsid w:val="00652E8C"/>
     <w:rsid w:val="006609BF"/>
     <w:rsid w:val="00676463"/>
+    <w:rsid w:val="006B23C3"/>
     <w:rsid w:val="006C0277"/>
+    <w:rsid w:val="006C7CEA"/>
     <w:rsid w:val="006D389A"/>
+    <w:rsid w:val="006E6357"/>
     <w:rsid w:val="006F0E3E"/>
     <w:rsid w:val="00704336"/>
-    <w:rsid w:val="0071360E"/>
     <w:rsid w:val="00717A0C"/>
+    <w:rsid w:val="007211F6"/>
     <w:rsid w:val="007240DB"/>
     <w:rsid w:val="007437F4"/>
     <w:rsid w:val="0074621D"/>
     <w:rsid w:val="007731DB"/>
+    <w:rsid w:val="0078576D"/>
     <w:rsid w:val="00797A08"/>
     <w:rsid w:val="007A1202"/>
     <w:rsid w:val="007A74D3"/>
     <w:rsid w:val="007B0839"/>
     <w:rsid w:val="007B34E9"/>
-    <w:rsid w:val="007E4211"/>
+    <w:rsid w:val="007D7299"/>
+    <w:rsid w:val="00801117"/>
     <w:rsid w:val="008031C1"/>
+    <w:rsid w:val="0083142B"/>
+    <w:rsid w:val="008400FE"/>
     <w:rsid w:val="00840911"/>
     <w:rsid w:val="008466EE"/>
     <w:rsid w:val="00860CF4"/>
     <w:rsid w:val="00863B01"/>
     <w:rsid w:val="008A4956"/>
     <w:rsid w:val="008C175D"/>
+    <w:rsid w:val="008D182F"/>
     <w:rsid w:val="008F3669"/>
     <w:rsid w:val="008F6E52"/>
     <w:rsid w:val="00903FC9"/>
+    <w:rsid w:val="009152AD"/>
     <w:rsid w:val="009172D4"/>
     <w:rsid w:val="009179FC"/>
+    <w:rsid w:val="009313B8"/>
     <w:rsid w:val="0095364B"/>
+    <w:rsid w:val="00960634"/>
     <w:rsid w:val="00967055"/>
     <w:rsid w:val="00980DA9"/>
     <w:rsid w:val="00981D71"/>
     <w:rsid w:val="0098326D"/>
     <w:rsid w:val="009B5FD6"/>
     <w:rsid w:val="009B6DD1"/>
     <w:rsid w:val="009C367F"/>
     <w:rsid w:val="009F62F2"/>
     <w:rsid w:val="00A1380F"/>
     <w:rsid w:val="00A141EA"/>
+    <w:rsid w:val="00A263E1"/>
     <w:rsid w:val="00A27B4C"/>
     <w:rsid w:val="00A47150"/>
+    <w:rsid w:val="00A50311"/>
     <w:rsid w:val="00A53F3A"/>
     <w:rsid w:val="00A67050"/>
     <w:rsid w:val="00A7449D"/>
     <w:rsid w:val="00A751A7"/>
     <w:rsid w:val="00A76237"/>
     <w:rsid w:val="00A87A97"/>
     <w:rsid w:val="00AC66C4"/>
-    <w:rsid w:val="00AE01B0"/>
     <w:rsid w:val="00AF1247"/>
+    <w:rsid w:val="00B05359"/>
     <w:rsid w:val="00B15D29"/>
     <w:rsid w:val="00B446C0"/>
     <w:rsid w:val="00B56DAB"/>
     <w:rsid w:val="00B57465"/>
     <w:rsid w:val="00B748D3"/>
+    <w:rsid w:val="00B840C1"/>
     <w:rsid w:val="00BA0F68"/>
+    <w:rsid w:val="00BA569D"/>
     <w:rsid w:val="00BC4172"/>
     <w:rsid w:val="00BD0718"/>
     <w:rsid w:val="00BD1B71"/>
-    <w:rsid w:val="00BD53DA"/>
     <w:rsid w:val="00BE303F"/>
     <w:rsid w:val="00BE5238"/>
     <w:rsid w:val="00BE7E42"/>
     <w:rsid w:val="00BF091B"/>
     <w:rsid w:val="00C12A3B"/>
     <w:rsid w:val="00C16EC5"/>
     <w:rsid w:val="00C22787"/>
     <w:rsid w:val="00C77B7D"/>
     <w:rsid w:val="00C8057B"/>
-    <w:rsid w:val="00C91F51"/>
     <w:rsid w:val="00C92F67"/>
+    <w:rsid w:val="00C975C9"/>
     <w:rsid w:val="00CA3A1A"/>
+    <w:rsid w:val="00CB236C"/>
     <w:rsid w:val="00CC3EA4"/>
     <w:rsid w:val="00CD0A1F"/>
     <w:rsid w:val="00CD44CA"/>
     <w:rsid w:val="00D05F1B"/>
     <w:rsid w:val="00D352CC"/>
-    <w:rsid w:val="00D36CA1"/>
     <w:rsid w:val="00D4311C"/>
-    <w:rsid w:val="00D440B6"/>
     <w:rsid w:val="00DB6ACC"/>
     <w:rsid w:val="00DC1C45"/>
     <w:rsid w:val="00DD7DA1"/>
     <w:rsid w:val="00DE327F"/>
     <w:rsid w:val="00E10FC6"/>
     <w:rsid w:val="00E520E1"/>
+    <w:rsid w:val="00E84F22"/>
     <w:rsid w:val="00E96489"/>
     <w:rsid w:val="00EA111B"/>
     <w:rsid w:val="00EE0073"/>
     <w:rsid w:val="00F11150"/>
     <w:rsid w:val="00F1145D"/>
+    <w:rsid w:val="00F2280D"/>
     <w:rsid w:val="00F35437"/>
     <w:rsid w:val="00F4484E"/>
     <w:rsid w:val="00F510F5"/>
-    <w:rsid w:val="00F55951"/>
     <w:rsid w:val="00F73181"/>
     <w:rsid w:val="00FB6723"/>
     <w:rsid w:val="00FC4939"/>
     <w:rsid w:val="00FC7DD5"/>
     <w:rsid w:val="00FD3D4C"/>
     <w:rsid w:val="00FD772F"/>
     <w:rsid w:val="00FF08C8"/>
     <w:rsid w:val="00FF7250"/>
     <w:rsid w:val="06D139B6"/>
     <w:rsid w:val="2A25F079"/>
     <w:rsid w:val="5852AF63"/>
     <w:rsid w:val="6B12A999"/>
     <w:rsid w:val="6D81270A"/>
     <w:rsid w:val="767C9360"/>
     <w:rsid w:val="77FF08E4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="3000983D"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{ECFB3368-79D3-4305-A4E5-CA09CD8D1667}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2040,51 +2123,51 @@
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CC3EA4"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00CC3EA4"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="611476063">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -2377,52 +2460,63 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101008358466CA84A2C40891CE300A723B755" ma:contentTypeVersion="18" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="d32d2fa2a353eeb28570b48b96b50757">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="510483ba-4193-4920-9498-6b13ec7d8683" xmlns:ns3="346bf8c8-cd5e-4882-8217-1026129abf68" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="13e146010f38a097aff4b6baba032504" ns2:_="" ns3:_="">
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="346bf8c8-cd5e-4882-8217-1026129abf68">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="510483ba-4193-4920-9498-6b13ec7d8683" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101008358466CA84A2C40891CE300A723B755" ma:contentTypeVersion="18" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="130052ba41e9b582173adfac0ce7c1cf">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="510483ba-4193-4920-9498-6b13ec7d8683" xmlns:ns3="346bf8c8-cd5e-4882-8217-1026129abf68" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ee21372204c98ee19ba48b4a05c9fbb6" ns2:_="" ns3:_="">
     <xsd:import namespace="510483ba-4193-4920-9498-6b13ec7d8683"/>
     <xsd:import namespace="346bf8c8-cd5e-4882-8217-1026129abf68"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
               </xsd:all>
@@ -2625,138 +2719,134 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...9 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9BE8D4EE-3839-4033-8495-297B68B8ADB8}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BA656B0F-856E-4A81-9859-A7D97AB5CDAF}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="346bf8c8-cd5e-4882-8217-1026129abf68"/>
+    <ds:schemaRef ds:uri="510483ba-4193-4920-9498-6b13ec7d8683"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D7CA67AC-47AB-409E-96F1-040027F8CF12}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="510483ba-4193-4920-9498-6b13ec7d8683"/>
     <ds:schemaRef ds:uri="346bf8c8-cd5e-4882-8217-1026129abf68"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...9 lines deleted...]
-
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{32FBECC4-1891-457A-9C32-6DA6A84A46E8}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{ecf9390f-876d-4058-800a-b1fed480ab03}" enabled="1" method="Standard" siteId="{7a87a12c-f006-4b0e-b805-700c25c31be5}" removed="0"/>
+</clbl:labelList>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>347</Words>
-  <Characters>1979</Characters>
+  <Words>375</Words>
+  <Characters>2034</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>16</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>39</Lines>
+  <Paragraphs>26</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2322</CharactersWithSpaces>
+  <CharactersWithSpaces>2383</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Lucy Clark</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_ecf9390f-876d-4058-800a-b1fed480ab03_Enabled">
     <vt:lpwstr>True</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_ecf9390f-876d-4058-800a-b1fed480ab03_SiteId">
     <vt:lpwstr>7a87a12c-f006-4b0e-b805-700c25c31be5</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_ecf9390f-876d-4058-800a-b1fed480ab03_Owner">
     <vt:lpwstr>LucyClark@northkent.ac.uk</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_ecf9390f-876d-4058-800a-b1fed480ab03_SetDate">
     <vt:lpwstr>2023-02-17T12:11:00.9115068Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_ecf9390f-876d-4058-800a-b1fed480ab03_Name">
     <vt:lpwstr>northkent.ac.uk</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_ecf9390f-876d-4058-800a-b1fed480ab03_Application">
     <vt:lpwstr>Microsoft Azure Information Protection</vt:lpwstr>
   </property>